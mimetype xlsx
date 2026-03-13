--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Dimension</t>
   </si>
   <si>
@@ -425,290 +425,266 @@
   <si>
     <t>Χαλί Season Mat με κωδικό Spring και χρώμα Spring.</t>
   </si>
   <si>
     <t>Season Mat Spring Spring 40χ60 (20τμχ)</t>
   </si>
   <si>
     <t>560-51</t>
   </si>
   <si>
     <t>Summer</t>
   </si>
   <si>
     <t>Χαλί Season Mat με κωδικό Summer και χρώμα Summer.</t>
   </si>
   <si>
     <t>Season Mat Summer Summer 40χ60 (20τμχ)</t>
   </si>
   <si>
     <t>561-41</t>
   </si>
   <si>
     <t>Χαλί Paris Mat με κωδικό Brown και χρώμα Brown.</t>
   </si>
   <si>
+    <t>Paris Mat</t>
+  </si>
+  <si>
+    <t>Paris Mat Brown Brown 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>561-43</t>
+  </si>
+  <si>
+    <t>Paris Mat Brown Brown 60χ90 (5τμχ)</t>
+  </si>
+  <si>
+    <t>561-52</t>
+  </si>
+  <si>
+    <t>90x150</t>
+  </si>
+  <si>
+    <t>Paris Mat Brown Brown 90x150</t>
+  </si>
+  <si>
+    <t>562-42</t>
+  </si>
+  <si>
+    <t>Halfmoon</t>
+  </si>
+  <si>
+    <t>Χαλί Paris Mat με κωδικό Halfmoon και χρώμα Brown.</t>
+  </si>
+  <si>
+    <t>40x60 Halfmoon (10τμχ)</t>
+  </si>
+  <si>
+    <t>Paris Mat Halfmoon Brown 40x60 Halfmoon (10τμχ)</t>
+  </si>
+  <si>
+    <t>563-42</t>
+  </si>
+  <si>
+    <t>Χαλί Paris Mat με κωδικό Halfmoon και χρώμα Grey.</t>
+  </si>
+  <si>
+    <t>5207474 944040</t>
+  </si>
+  <si>
+    <t>Paris Mat Halfmoon Grey 40x60 Halfmoon (10τμχ)</t>
+  </si>
+  <si>
+    <t>564-41</t>
+  </si>
+  <si>
+    <t>Χαλί Paris Mat με κωδικό Grey και χρώμα Grey.</t>
+  </si>
+  <si>
+    <t>Paris Mat Grey Grey 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>564-43</t>
+  </si>
+  <si>
+    <t>Paris Mat Grey Grey 60χ90 (5τμχ)</t>
+  </si>
+  <si>
+    <t>565-41</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό 1855 και χρώμα BE HAPPY.</t>
+  </si>
+  <si>
+    <t>BE HAPPY</t>
+  </si>
+  <si>
+    <t>Ibiza Mat</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1855 BE HAPPY 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>566-41</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό 1854 και χρώμα HOME.</t>
+  </si>
+  <si>
+    <t>HOME</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1854 HOME 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>566-49</t>
+  </si>
+  <si>
+    <t>45x75 (10τμχ)</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1854 HOME 45x75 (10τμχ)</t>
+  </si>
+  <si>
+    <t>567-41</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό 1853 και χρώμα WELCOME.</t>
+  </si>
+  <si>
+    <t>WELCOME</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1853 WELCOME 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>567-49</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1853 WELCOME 45x75 (10τμχ)</t>
+  </si>
+  <si>
+    <t>568-41</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό 1856 και χρώμα HELLO THERE.</t>
+  </si>
+  <si>
+    <t>HELLO THERE</t>
+  </si>
+  <si>
+    <t>Ibiza Mat 1856 HELLO THERE 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>571-53</t>
+  </si>
+  <si>
+    <t>Moketino</t>
+  </si>
+  <si>
+    <t>Χαλί Moketino με κωδικό Moketino και χρώμα antislip.</t>
+  </si>
+  <si>
+    <t>antislip</t>
+  </si>
+  <si>
+    <t>38x57 (20τμχ)</t>
+  </si>
+  <si>
+    <t>Moketino Moketino antislip 38x57 (20τμχ)</t>
+  </si>
+  <si>
+    <t>572-47</t>
+  </si>
+  <si>
+    <t>Oring</t>
+  </si>
+  <si>
+    <t>Χαλί Oring Mat με κωδικό Oring και χρώμα Black.</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>Oring Mat</t>
+  </si>
+  <si>
+    <t>Oring Mat Oring Black 100x150</t>
+  </si>
+  <si>
+    <t>572-54</t>
+  </si>
+  <si>
+    <t>50x80 (10τμχ)</t>
+  </si>
+  <si>
+    <t>Oring Mat Oring Black 50x80 (10τμχ)</t>
+  </si>
+  <si>
+    <t>572-55</t>
+  </si>
+  <si>
+    <t>80χ120</t>
+  </si>
+  <si>
+    <t>Oring Mat Oring Black 80χ120</t>
+  </si>
+  <si>
+    <t>573-42</t>
+  </si>
+  <si>
+    <t>526 Halfmoon</t>
+  </si>
+  <si>
+    <t>Χαλί Graver Mat με κωδικό 526 Halfmoon και χρώμα Beige.</t>
+  </si>
+  <si>
+    <t>Graver Mat</t>
+  </si>
+  <si>
+    <t>Graver Mat 526 Halfmoon Beige 40x60 Halfmoon (10τμχ)</t>
+  </si>
+  <si>
+    <t>574-41</t>
+  </si>
+  <si>
+    <t>PVC-23</t>
+  </si>
+  <si>
+    <t>Χαλί Graver Mat με κωδικό PVC-23 και χρώμα Beige.</t>
+  </si>
+  <si>
+    <t>Graver Mat PVC-23 Beige 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>574-46</t>
+  </si>
+  <si>
     <t>Μη διαθέσιμο (αναμένεται)</t>
   </si>
   <si>
-    <t>Paris Mat</t>
-[...235 lines deleted...]
-  <si>
     <t>Graver Mat PVC-23 Beige 60χ90 (10τμχ)</t>
   </si>
   <si>
     <t>574-49</t>
   </si>
   <si>
     <t>Graver Mat PVC-23 Beige 45x75 (10τμχ)</t>
   </si>
   <si>
     <t>575-41</t>
   </si>
   <si>
     <t>E112</t>
   </si>
   <si>
     <t>Χαλί Graver Mat με κωδικό E112 και χρώμα Black.</t>
   </si>
   <si>
     <t>Graver Mat E112 Black 40x60 (10τμχ)</t>
   </si>
   <si>
     <t>575-46</t>
   </si>
   <si>
     <t>Graver Mat E112 Black 60χ90 (10τμχ)</t>
@@ -845,50 +821,56 @@
   <si>
     <t>Round Jute Round Jute Chindi Φ 150</t>
   </si>
   <si>
     <t>581-57</t>
   </si>
   <si>
     <t>Round Jute Round Jute Chindi Φ 100</t>
   </si>
   <si>
     <t>582-1</t>
   </si>
   <si>
     <t>Jute</t>
   </si>
   <si>
     <t>Χαλί Jute Rug με κωδικό Jute και χρώμα Grey Natural.</t>
   </si>
   <si>
     <t>Jute Rug</t>
   </si>
   <si>
     <t>Jute Rug Jute Grey Natural 160x230</t>
   </si>
   <si>
+    <t>582-2</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Grey Natural 200x290</t>
+  </si>
+  <si>
     <t>582-36</t>
   </si>
   <si>
     <t>Jute Rug Jute Grey Natural 80x150</t>
   </si>
   <si>
     <t>582-59</t>
   </si>
   <si>
     <t>120χ170</t>
   </si>
   <si>
     <t>Jute Rug Jute Grey Natural 120χ170</t>
   </si>
   <si>
     <t>583-1</t>
   </si>
   <si>
     <t>Χαλί Jute Rug με κωδικό Jute και χρώμα Chindi.</t>
   </si>
   <si>
     <t>Jute Rug Jute Chindi 160x230</t>
   </si>
   <si>
     <t>583-2</t>
@@ -1260,50 +1242,365 @@
     <t>Μαξιλάρα rabbit floor Floor Pillow 50x50 Silver 50X50 floor BOX (10TMX)</t>
   </si>
   <si>
     <t>678-68</t>
   </si>
   <si>
     <t>Χαλί Μαξιλάρα rabbit floor με κωδικό Floor Pillow 50x50 και χρώμα Ivory.</t>
   </si>
   <si>
     <t>Μαξιλάρα rabbit floor Floor Pillow 50x50 Ivory 50X50 floor BOX (10TMX)</t>
   </si>
   <si>
     <t>684-51</t>
   </si>
   <si>
     <t>Witch</t>
   </si>
   <si>
     <t>Χαλί Season Mat με κωδικό Witch και χρώμα Halloween.</t>
   </si>
   <si>
     <t>Halloween</t>
   </si>
   <si>
     <t>Season Mat Witch Halloween 40χ60 (20τμχ)</t>
+  </si>
+  <si>
+    <t>686-41</t>
+  </si>
+  <si>
+    <t>BEE OUR GUEST</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό BEE OUR GUEST και χρώμα BEE OUR GUEST.</t>
+  </si>
+  <si>
+    <t>Ibiza Mat BEE OUR GUEST BEE OUR GUEST 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>687-41</t>
+  </si>
+  <si>
+    <t>HELLO (BL)</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό HELLO (BL) και χρώμα HELLO (BL).</t>
+  </si>
+  <si>
+    <t>Ibiza Mat HELLO (BL) HELLO (BL) 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>688-41</t>
+  </si>
+  <si>
+    <t>HELLO (FLOWERS)</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό HELLO (FLOWERS) και χρώμα HELLO (FLOWERS).</t>
+  </si>
+  <si>
+    <t>Ibiza Mat HELLO (FLOWERS) HELLO (FLOWERS) 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>689-41</t>
+  </si>
+  <si>
+    <t>WELCOME (CURVED)</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό WELCOME (CURVED) και χρώμα WELCOME (CURVED).</t>
+  </si>
+  <si>
+    <t>Ibiza Mat WELCOME (CURVED) WELCOME (CURVED) 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>690-41</t>
+  </si>
+  <si>
+    <t>HOME (LINES)</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό HOME (LINES) και χρώμα HOME (LINES).</t>
+  </si>
+  <si>
+    <t>Ibiza Mat HOME (LINES) HOME (LINES) 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>690-49</t>
+  </si>
+  <si>
+    <t>Ibiza Mat HOME (LINES) HOME (LINES) 45x75 (10τμχ)</t>
+  </si>
+  <si>
+    <t>691-41</t>
+  </si>
+  <si>
+    <t>OH NOT YOU</t>
+  </si>
+  <si>
+    <t>Χαλί Ibiza Mat με κωδικό OH NOT YOU και χρώμα OH NOT YOU.</t>
+  </si>
+  <si>
+    <t>Ibiza Mat OH NOT YOU OH NOT YOU 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>692-41</t>
+  </si>
+  <si>
+    <t>PIN</t>
+  </si>
+  <si>
+    <t>Χαλί PIN RUBBER MAT με κωδικό PIN και χρώμα BLACK.</t>
+  </si>
+  <si>
+    <t>BLACK</t>
+  </si>
+  <si>
+    <t>PIN RUBBER MAT</t>
+  </si>
+  <si>
+    <t>PIN RUBBER MAT PIN BLACK 40x60 (10τμχ)</t>
+  </si>
+  <si>
+    <t>693-1</t>
+  </si>
+  <si>
+    <t>Χαλί Jute Rug με κωδικό Jute και χρώμα Natural.</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 160x230</t>
+  </si>
+  <si>
+    <t>693-2</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 200x290</t>
+  </si>
+  <si>
+    <t>693-23</t>
+  </si>
+  <si>
+    <t>Σετ Κρεβ/ρας 2 τμχ 80cmΧ150cm &amp; 1τμχ 80cmΧ200cm</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural Σετ Κρεβ/ρας 2 τμχ 80cmΧ150cm &amp; 1τμχ 80cmΧ200cm</t>
+  </si>
+  <si>
+    <t>693-36</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 80x150</t>
+  </si>
+  <si>
+    <t>693-39</t>
+  </si>
+  <si>
+    <t>140x200</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 140x200</t>
+  </si>
+  <si>
+    <t>693-72</t>
+  </si>
+  <si>
+    <t>80X200</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 80X200</t>
+  </si>
+  <si>
+    <t>693-81</t>
+  </si>
+  <si>
+    <t>240x340</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 240x340</t>
+  </si>
+  <si>
+    <t>693-86</t>
+  </si>
+  <si>
+    <t>40x60 (25τμχ)</t>
+  </si>
+  <si>
+    <t>Jute Rug Jute Natural 40x60 (25τμχ)</t>
+  </si>
+  <si>
+    <t>694-18</t>
+  </si>
+  <si>
+    <t>Χαλί Round Jute με κωδικό Round Jute και χρώμα Natural.</t>
+  </si>
+  <si>
+    <t>Φ 120</t>
+  </si>
+  <si>
+    <t>Round Jute Round Jute Natural Φ 120</t>
+  </si>
+  <si>
+    <t>694-19</t>
+  </si>
+  <si>
+    <t>Round Jute Round Jute Natural Φ 150</t>
+  </si>
+  <si>
+    <t>695-36</t>
+  </si>
+  <si>
+    <t>JUTE OVAL</t>
+  </si>
+  <si>
+    <t>Χαλί Jute Rug με κωδικό JUTE OVAL και χρώμα GREY NATURAL.</t>
+  </si>
+  <si>
+    <t>GREY NATURAL</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE OVAL GREY NATURAL 80x150</t>
+  </si>
+  <si>
+    <t>695-82</t>
+  </si>
+  <si>
+    <t>130x190</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE OVAL GREY NATURAL 130x190</t>
+  </si>
+  <si>
+    <t>695-83</t>
+  </si>
+  <si>
+    <t>50x80</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE OVAL GREY NATURAL 50x80</t>
+  </si>
+  <si>
+    <t>696-19</t>
+  </si>
+  <si>
+    <t>JUTE COTTON FRINGES</t>
+  </si>
+  <si>
+    <t>Χαλί Round Jute με κωδικό JUTE COTTON FRINGES και χρώμα NATURAL.</t>
+  </si>
+  <si>
+    <t>NATURAL</t>
+  </si>
+  <si>
+    <t>Round Jute JUTE COTTON FRINGES NATURAL Φ 150</t>
+  </si>
+  <si>
+    <t>696-57</t>
+  </si>
+  <si>
+    <t>Round Jute JUTE COTTON FRINGES NATURAL Φ 100</t>
+  </si>
+  <si>
+    <t>697-1</t>
+  </si>
+  <si>
+    <t>JUTE COTTON STRIPES</t>
+  </si>
+  <si>
+    <t>Χαλί Jute Rug με κωδικό JUTE COTTON STRIPES και χρώμα WHITE COTTON JUTE NATURAL.</t>
+  </si>
+  <si>
+    <t>WHITE COTTON JUTE NATURAL</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE COTTON STRIPES WHITE COTTON JUTE NATURAL 160x230</t>
+  </si>
+  <si>
+    <t>697-2</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE COTTON STRIPES WHITE COTTON JUTE NATURAL 200x290</t>
+  </si>
+  <si>
+    <t>697-36</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE COTTON STRIPES WHITE COTTON JUTE NATURAL 80x150</t>
+  </si>
+  <si>
+    <t>697-59</t>
+  </si>
+  <si>
+    <t>Jute Rug JUTE COTTON STRIPES WHITE COTTON JUTE NATURAL 120χ170</t>
+  </si>
+  <si>
+    <t>698-84</t>
+  </si>
+  <si>
+    <t>Place Mat Jute</t>
+  </si>
+  <si>
+    <t>Χαλί PLACE MAT (ΣΟΥΠΛΑ) με κωδικό Place Mat Jute και χρώμα Natural.</t>
+  </si>
+  <si>
+    <t>Φ30 (20ΤΜΧ)</t>
+  </si>
+  <si>
+    <t>PLACE MAT (ΣΟΥΠΛΑ)</t>
+  </si>
+  <si>
+    <t>PLACE MAT (ΣΟΥΠΛΑ) Place Mat Jute Natural Φ30 (20ΤΜΧ)</t>
+  </si>
+  <si>
+    <t>699-85</t>
+  </si>
+  <si>
+    <t>Place Mat Jute σετ 4 τμχ</t>
+  </si>
+  <si>
+    <t>Χαλί PLACE MAT (ΣΟΥΠΛΑ) με κωδικό Place Mat Jute σετ 4 τμχ και χρώμα Grey Natural.</t>
+  </si>
+  <si>
+    <t>Φ30 ΣΕΤ 4 ΤΜΧ (5ΤΜΧ)</t>
+  </si>
+  <si>
+    <t>PLACE MAT (ΣΟΥΠΛΑ) Place Mat Jute σετ 4 τμχ Grey Natural Φ30 ΣΕΤ 4 ΤΜΧ (5ΤΜΧ)</t>
+  </si>
+  <si>
+    <t>700-84</t>
+  </si>
+  <si>
+    <t>Place Mat Cotton</t>
+  </si>
+  <si>
+    <t>Χαλί PLACE MAT (ΣΟΥΠΛΑ) με κωδικό Place Mat Cotton και χρώμα Navy.</t>
+  </si>
+  <si>
+    <t>Navy</t>
+  </si>
+  <si>
+    <t>PLACE MAT (ΣΟΥΠΛΑ) Place Mat Cotton Navy Φ30 (20ΤΜΧ)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1607,51 +1904,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J124"/>
+  <dimension ref="A1:J153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1920,51 +2217,51 @@
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
       <c r="J9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10">
         <v>605</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G10">
         <v>5207447291243</v>
       </c>
       <c r="H10" t="s">
         <v>22</v>
       </c>
       <c r="I10" t="s">
         <v>16</v>
       </c>
       <c r="J10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>44</v>
       </c>
       <c r="D11" t="s">
@@ -2848,2783 +3145,3711 @@
       </c>
       <c r="I38" t="s">
         <v>120</v>
       </c>
       <c r="J38" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>135</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
         <v>44</v>
       </c>
       <c r="D39" t="s">
         <v>136</v>
       </c>
       <c r="E39" t="s">
         <v>13</v>
       </c>
       <c r="F39" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="G39">
         <v>5207447944019</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s">
+        <v>137</v>
+      </c>
+      <c r="J39" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
         <v>44</v>
       </c>
       <c r="D40" t="s">
         <v>136</v>
       </c>
       <c r="E40" t="s">
         <v>13</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40">
         <v>5207447946013</v>
       </c>
       <c r="H40" t="s">
         <v>103</v>
       </c>
       <c r="I40" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J40" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
         <v>44</v>
       </c>
       <c r="D41" t="s">
         <v>136</v>
       </c>
       <c r="E41" t="s">
         <v>13</v>
       </c>
       <c r="F41" t="s">
         <v>29</v>
       </c>
       <c r="G41">
         <v>5207447949014</v>
       </c>
       <c r="H41" t="s">
+        <v>142</v>
+      </c>
+      <c r="I41" t="s">
+        <v>137</v>
+      </c>
+      <c r="J41" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
+        <v>144</v>
+      </c>
+      <c r="B42" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C42" t="s">
         <v>44</v>
       </c>
       <c r="D42" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E42" t="s">
         <v>13</v>
       </c>
       <c r="F42" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="G42">
         <v>5207447944057</v>
       </c>
       <c r="H42" t="s">
+        <v>147</v>
+      </c>
+      <c r="I42" t="s">
+        <v>137</v>
+      </c>
+      <c r="J42" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B43" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C43" t="s">
         <v>44</v>
       </c>
       <c r="D43" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E43" t="s">
         <v>26</v>
       </c>
       <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>151</v>
+      </c>
+      <c r="H43" t="s">
+        <v>147</v>
+      </c>
+      <c r="I43" t="s">
         <v>137</v>
       </c>
-      <c r="G43" t="s">
+      <c r="J43" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B44" t="s">
         <v>26</v>
       </c>
       <c r="C44" t="s">
         <v>44</v>
       </c>
       <c r="D44" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44">
         <v>5207447944026</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J44" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B45" t="s">
         <v>26</v>
       </c>
       <c r="C45" t="s">
         <v>44</v>
       </c>
       <c r="D45" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E45" t="s">
         <v>26</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45">
         <v>5207447946020</v>
       </c>
       <c r="H45" t="s">
         <v>103</v>
       </c>
       <c r="I45" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J45" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B46">
         <v>1855</v>
       </c>
       <c r="C46" t="s">
         <v>44</v>
       </c>
       <c r="D46" t="s">
+        <v>159</v>
+      </c>
+      <c r="E46" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46">
         <v>5207447964048</v>
       </c>
       <c r="H46" t="s">
         <v>49</v>
       </c>
       <c r="I46" t="s">
+        <v>161</v>
+      </c>
+      <c r="J46" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B47">
         <v>1854</v>
       </c>
       <c r="C47" t="s">
         <v>44</v>
       </c>
       <c r="D47" t="s">
+        <v>164</v>
+      </c>
+      <c r="E47" t="s">
         <v>165</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G47">
         <v>5207447964024</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J47" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B48">
         <v>1854</v>
       </c>
       <c r="C48" t="s">
         <v>44</v>
       </c>
       <c r="D48" t="s">
+        <v>164</v>
+      </c>
+      <c r="E48" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48">
         <v>5207447964529</v>
       </c>
       <c r="H48" t="s">
+        <v>168</v>
+      </c>
+      <c r="I48" t="s">
+        <v>161</v>
+      </c>
+      <c r="J48" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B49">
         <v>1853</v>
       </c>
       <c r="C49" t="s">
         <v>44</v>
       </c>
       <c r="D49" t="s">
+        <v>171</v>
+      </c>
+      <c r="E49" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49">
         <v>5207447964017</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J49" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B50">
         <v>1853</v>
       </c>
       <c r="C50" t="s">
         <v>44</v>
       </c>
       <c r="D50" t="s">
+        <v>171</v>
+      </c>
+      <c r="E50" t="s">
         <v>172</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="G50">
         <v>5207447964512</v>
       </c>
       <c r="H50" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I50" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J50" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B51">
         <v>1856</v>
       </c>
       <c r="C51" t="s">
         <v>44</v>
       </c>
       <c r="D51" t="s">
+        <v>177</v>
+      </c>
+      <c r="E51" t="s">
         <v>178</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G51">
         <v>5207447964055</v>
       </c>
       <c r="H51" t="s">
         <v>49</v>
       </c>
       <c r="I51" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J51" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
+        <v>180</v>
+      </c>
+      <c r="B52" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
       <c r="C52" t="s">
         <v>44</v>
       </c>
       <c r="D52" t="s">
         <v>182</v>
       </c>
       <c r="E52" t="s">
         <v>183</v>
       </c>
       <c r="F52" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G52">
-        <v>5207447964062</v>
+        <v>5207447884018</v>
       </c>
       <c r="H52" t="s">
-        <v>49</v>
+        <v>184</v>
       </c>
       <c r="I52" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="J52" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>1852</v>
+        <v>186</v>
+      </c>
+      <c r="B53" t="s">
+        <v>187</v>
       </c>
       <c r="C53" t="s">
         <v>44</v>
       </c>
       <c r="D53" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E53" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F53" t="s">
         <v>29</v>
       </c>
       <c r="G53">
-        <v>5207447964031</v>
+        <v>5207447981014</v>
       </c>
       <c r="H53" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="I53" t="s">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="J53" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B54" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C54" t="s">
         <v>44</v>
       </c>
       <c r="D54" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E54" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54">
-        <v>5207447884018</v>
+        <v>5207447985005</v>
       </c>
       <c r="H54" t="s">
         <v>193</v>
       </c>
       <c r="I54" t="s">
         <v>190</v>
       </c>
       <c r="J54" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>195</v>
       </c>
       <c r="B55" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C55" t="s">
         <v>44</v>
       </c>
       <c r="D55" t="s">
+        <v>188</v>
+      </c>
+      <c r="E55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55">
+        <v>5207447988013</v>
+      </c>
+      <c r="H55" t="s">
+        <v>196</v>
+      </c>
+      <c r="I55" t="s">
+        <v>190</v>
+      </c>
+      <c r="J55" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B56" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C56" t="s">
         <v>44</v>
       </c>
       <c r="D56" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E56" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="F56" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="G56">
-        <v>5207447985005</v>
+        <v>5207447874040</v>
       </c>
       <c r="H56" t="s">
+        <v>147</v>
+      </c>
+      <c r="I56" t="s">
+        <v>201</v>
+      </c>
+      <c r="J56" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
+        <v>203</v>
+      </c>
+      <c r="B57" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C57" t="s">
         <v>44</v>
       </c>
       <c r="D57" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="E57" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57">
-        <v>5207447988013</v>
+        <v>5207447874019</v>
       </c>
       <c r="H57" t="s">
-        <v>205</v>
+        <v>49</v>
       </c>
       <c r="I57" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J57" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>207</v>
       </c>
       <c r="B58" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C58" t="s">
         <v>44</v>
       </c>
       <c r="D58" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E58" t="s">
         <v>58</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G58">
-        <v>5207447874040</v>
+        <v>5207447876013</v>
       </c>
       <c r="H58" t="s">
-        <v>148</v>
+        <v>52</v>
       </c>
       <c r="I58" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J58" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B59" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="C59" t="s">
         <v>44</v>
       </c>
       <c r="D59" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="E59" t="s">
         <v>58</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G59">
-        <v>5207447874019</v>
+        <v>5207447874514</v>
       </c>
       <c r="H59" t="s">
-        <v>49</v>
+        <v>168</v>
       </c>
       <c r="I59" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J59" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B60" t="s">
         <v>213</v>
       </c>
       <c r="C60" t="s">
         <v>44</v>
       </c>
       <c r="D60" t="s">
         <v>214</v>
       </c>
       <c r="E60" t="s">
-        <v>58</v>
+        <v>189</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60">
-        <v>5207447876013</v>
+        <v>5207447874026</v>
       </c>
       <c r="H60" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="I60" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J60" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B61" t="s">
         <v>213</v>
       </c>
       <c r="C61" t="s">
         <v>44</v>
       </c>
       <c r="D61" t="s">
         <v>214</v>
       </c>
       <c r="E61" t="s">
-        <v>58</v>
+        <v>189</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61">
-        <v>5207447874514</v>
+        <v>5207447876020</v>
       </c>
       <c r="H61" t="s">
-        <v>169</v>
+        <v>52</v>
       </c>
       <c r="I61" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J61" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B62" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C62" t="s">
         <v>44</v>
       </c>
       <c r="D62" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="E62" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62">
-        <v>5207447874026</v>
+        <v>5207447874521</v>
       </c>
       <c r="H62" t="s">
-        <v>49</v>
+        <v>168</v>
       </c>
       <c r="I62" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J62" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B63" t="s">
         <v>221</v>
       </c>
       <c r="C63" t="s">
         <v>44</v>
       </c>
       <c r="D63" t="s">
         <v>222</v>
       </c>
       <c r="E63" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63">
-        <v>5207447876020</v>
+        <v>5207447874033</v>
       </c>
       <c r="H63" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="I63" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J63" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B64" t="s">
         <v>221</v>
       </c>
       <c r="C64" t="s">
         <v>44</v>
       </c>
       <c r="D64" t="s">
         <v>222</v>
       </c>
       <c r="E64" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64">
-        <v>5207447874521</v>
+        <v>5207447876037</v>
       </c>
       <c r="H64" t="s">
-        <v>169</v>
+        <v>52</v>
       </c>
       <c r="I64" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J64" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B65" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="C65" t="s">
         <v>44</v>
       </c>
       <c r="D65" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E65" t="s">
         <v>58</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65">
-        <v>5207447874033</v>
+        <v>5207447874538</v>
       </c>
       <c r="H65" t="s">
-        <v>49</v>
+        <v>168</v>
       </c>
       <c r="I65" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="J65" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B66" t="s">
         <v>229</v>
       </c>
       <c r="C66" t="s">
-        <v>44</v>
+        <v>230</v>
       </c>
       <c r="D66" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E66" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66">
-        <v>5207447876037</v>
+        <v>5207447604043</v>
       </c>
       <c r="H66" t="s">
-        <v>52</v>
+        <v>233</v>
       </c>
       <c r="I66" t="s">
-        <v>210</v>
+        <v>229</v>
       </c>
       <c r="J66" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B67" t="s">
         <v>229</v>
       </c>
       <c r="C67" t="s">
-        <v>44</v>
+        <v>230</v>
       </c>
       <c r="D67" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E67" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67">
-        <v>5207447874538</v>
+        <v>5207447604029</v>
       </c>
       <c r="H67" t="s">
-        <v>169</v>
+        <v>236</v>
       </c>
       <c r="I67" t="s">
-        <v>210</v>
+        <v>229</v>
       </c>
       <c r="J67" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B68" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C68" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D68" t="s">
         <v>239</v>
       </c>
       <c r="E68" t="s">
         <v>240</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68">
-        <v>5207447604043</v>
+        <v>5207447604142</v>
       </c>
       <c r="H68" t="s">
+        <v>233</v>
+      </c>
+      <c r="I68" t="s">
+        <v>229</v>
+      </c>
+      <c r="J68" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B69" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C69" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D69" t="s">
         <v>239</v>
       </c>
       <c r="E69" t="s">
         <v>240</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69">
-        <v>5207447604029</v>
+        <v>5207447604128</v>
       </c>
       <c r="H69" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="I69" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="J69" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
+        <v>244</v>
+      </c>
+      <c r="B70" t="s">
+        <v>229</v>
+      </c>
+      <c r="C70" t="s">
+        <v>230</v>
+      </c>
+      <c r="D70" t="s">
+        <v>245</v>
+      </c>
+      <c r="E70" t="s">
         <v>246</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70">
+        <v>5207447604241</v>
+      </c>
+      <c r="H70" t="s">
+        <v>233</v>
+      </c>
+      <c r="I70" t="s">
+        <v>229</v>
+      </c>
+      <c r="J70" t="s">
         <v>247</v>
-      </c>
-[...16 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B71" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C71" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D71" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E71" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71">
-        <v>5207447604128</v>
+        <v>5207447604227</v>
       </c>
       <c r="H71" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="I71" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="J71" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
+        <v>250</v>
+      </c>
+      <c r="B72" t="s">
+        <v>251</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
         <v>252</v>
       </c>
-      <c r="B72" t="s">
-[...5 lines deleted...]
-      <c r="D72" t="s">
+      <c r="E72" t="s">
+        <v>240</v>
+      </c>
+      <c r="F72" t="s">
         <v>253</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72">
+        <v>5207447621514</v>
+      </c>
+      <c r="H72" t="s">
         <v>254</v>
       </c>
-      <c r="F72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="J72" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>256</v>
       </c>
       <c r="B73" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="C73" t="s">
-        <v>238</v>
+        <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E73" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G73">
-        <v>5207447604227</v>
+        <v>5207447621019</v>
       </c>
       <c r="H73" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="I73" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="J73" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B74" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>260</v>
       </c>
       <c r="E74" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74">
+        <v>5207447621521</v>
+      </c>
+      <c r="H74" t="s">
+        <v>254</v>
+      </c>
+      <c r="I74" t="s">
+        <v>251</v>
+      </c>
+      <c r="J74" t="s">
         <v>261</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B75" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>260</v>
       </c>
       <c r="E75" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75">
-        <v>5207447621019</v>
+        <v>5207447621026</v>
       </c>
       <c r="H75" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="I75" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="J75" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B76" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
+        <v>266</v>
+      </c>
+      <c r="E76" t="s">
+        <v>240</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76">
+        <v>5207447641628</v>
+      </c>
+      <c r="H76" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" t="s">
+        <v>267</v>
+      </c>
+      <c r="J76" t="s">
         <v>268</v>
-      </c>
-[...16 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B77" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E77" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G77">
-        <v>5207447621026</v>
+        <v>5207447642021</v>
       </c>
       <c r="H77" t="s">
-        <v>265</v>
+        <v>19</v>
       </c>
       <c r="I77" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="J77" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B78" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="E78" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G78">
-        <v>5207447641628</v>
+        <v>5207447648016</v>
       </c>
       <c r="H78" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I78" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J78" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B79" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
+        <v>266</v>
+      </c>
+      <c r="E79" t="s">
+        <v>240</v>
+      </c>
+      <c r="F79" t="s">
+        <v>208</v>
+      </c>
+      <c r="G79">
+        <v>5207447641215</v>
+      </c>
+      <c r="H79" t="s">
         <v>274</v>
       </c>
-      <c r="E79" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I79" t="s">
+        <v>267</v>
+      </c>
+      <c r="J79" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B80" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E80" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G80">
-        <v>5207447641215</v>
+        <v>5207447651627</v>
       </c>
       <c r="H80" t="s">
-        <v>280</v>
+        <v>15</v>
       </c>
       <c r="I80" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J80" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B81" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="E81" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G81">
-        <v>5207447651627</v>
+        <v>5207447652020</v>
       </c>
       <c r="H81" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I81" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J81" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B82" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="E82" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="F82" t="s">
         <v>29</v>
       </c>
-      <c r="G82">
-        <v>5207447652020</v>
+      <c r="G82" t="s">
+        <v>282</v>
       </c>
       <c r="H82" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="I82" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J82" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B83" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="E83" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>14</v>
+      </c>
+      <c r="G83">
+        <v>5207447651214</v>
       </c>
       <c r="H83" t="s">
-        <v>38</v>
+        <v>274</v>
       </c>
       <c r="I83" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J83" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
+        <v>286</v>
+      </c>
+      <c r="B84" t="s">
+        <v>58</v>
+      </c>
+      <c r="C84" t="s">
+        <v>287</v>
+      </c>
+      <c r="D84" t="s">
+        <v>288</v>
+      </c>
+      <c r="E84" t="s">
+        <v>58</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84">
+        <v>5207447021611</v>
+      </c>
+      <c r="H84" t="s">
+        <v>15</v>
+      </c>
+      <c r="I84" t="s">
+        <v>289</v>
+      </c>
+      <c r="J84" t="s">
         <v>290</v>
-      </c>
-[...25 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B85" t="s">
         <v>58</v>
       </c>
       <c r="C85" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D85" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E85" t="s">
         <v>58</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85">
-        <v>5207447021611</v>
+        <v>5207447022915</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I85" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J85" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B86" t="s">
         <v>58</v>
       </c>
       <c r="C86" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D86" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E86" t="s">
         <v>58</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86">
-        <v>5207447022915</v>
+        <v>5207447021314</v>
       </c>
       <c r="H86" t="s">
-        <v>19</v>
+        <v>294</v>
       </c>
       <c r="I86" t="s">
+        <v>289</v>
+      </c>
+      <c r="J86" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B87" t="s">
         <v>58</v>
       </c>
       <c r="C87" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D87" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E87" t="s">
         <v>58</v>
       </c>
       <c r="F87" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="G87">
-        <v>5207447021314</v>
+        <v>5207447022519</v>
       </c>
       <c r="H87" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="I87" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J87" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B88" t="s">
         <v>58</v>
       </c>
       <c r="C88" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D88" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E88" t="s">
         <v>58</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G88">
-        <v>5207447022519</v>
+        <v>5207447028313</v>
       </c>
       <c r="H88" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="I88" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J88" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B89" t="s">
         <v>58</v>
       </c>
       <c r="C89" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D89" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E89" t="s">
         <v>58</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G89">
-        <v>5207447028313</v>
+        <v>5207447028016</v>
       </c>
       <c r="H89" t="s">
-        <v>306</v>
+        <v>38</v>
       </c>
       <c r="I89" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J89" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B90" t="s">
-        <v>58</v>
+        <v>305</v>
       </c>
       <c r="C90" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D90" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="E90" t="s">
-        <v>58</v>
+        <v>305</v>
       </c>
       <c r="F90" t="s">
         <v>14</v>
       </c>
       <c r="G90">
-        <v>5207447028016</v>
+        <v>5207447021628</v>
       </c>
       <c r="H90" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="I90" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J90" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B91" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C91" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D91" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E91" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91">
-        <v>5207447021628</v>
+        <v>5207447022922</v>
       </c>
       <c r="H91" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I91" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J91" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B92" t="s">
+        <v>305</v>
+      </c>
+      <c r="C92" t="s">
+        <v>287</v>
+      </c>
+      <c r="D92" t="s">
+        <v>306</v>
+      </c>
+      <c r="E92" t="s">
+        <v>305</v>
+      </c>
+      <c r="F92" t="s">
+        <v>14</v>
+      </c>
+      <c r="G92">
+        <v>5207447021321</v>
+      </c>
+      <c r="H92" t="s">
+        <v>294</v>
+      </c>
+      <c r="I92" t="s">
+        <v>289</v>
+      </c>
+      <c r="J92" t="s">
         <v>311</v>
-      </c>
-[...22 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B93" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C93" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D93" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E93" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F93" t="s">
         <v>14</v>
       </c>
       <c r="G93">
-        <v>5207447021321</v>
+        <v>5207447022526</v>
       </c>
       <c r="H93" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="I93" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J93" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B94" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C94" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D94" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E94" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F94" t="s">
         <v>14</v>
       </c>
       <c r="G94">
-        <v>5207447022526</v>
+        <v>5207447028320</v>
       </c>
       <c r="H94" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="I94" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J94" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B95" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C95" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D95" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E95" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F95" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="G95">
-        <v>5207447028320</v>
+        <v>5207447028023</v>
       </c>
       <c r="H95" t="s">
-        <v>306</v>
+        <v>38</v>
       </c>
       <c r="I95" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J95" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
+        <v>318</v>
+      </c>
+      <c r="B96" t="s">
+        <v>319</v>
+      </c>
+      <c r="C96" t="s">
+        <v>287</v>
+      </c>
+      <c r="D96" t="s">
+        <v>320</v>
+      </c>
+      <c r="E96" t="s">
+        <v>321</v>
+      </c>
+      <c r="F96" t="s">
+        <v>14</v>
+      </c>
+      <c r="G96">
+        <v>5207447021635</v>
+      </c>
+      <c r="H96" t="s">
+        <v>15</v>
+      </c>
+      <c r="I96" t="s">
+        <v>289</v>
+      </c>
+      <c r="J96" t="s">
         <v>322</v>
-      </c>
-[...25 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
+        <v>323</v>
+      </c>
+      <c r="B97" t="s">
+        <v>319</v>
+      </c>
+      <c r="C97" t="s">
+        <v>287</v>
+      </c>
+      <c r="D97" t="s">
+        <v>320</v>
+      </c>
+      <c r="E97" t="s">
+        <v>321</v>
+      </c>
+      <c r="F97" t="s">
+        <v>14</v>
+      </c>
+      <c r="G97">
+        <v>5207447022939</v>
+      </c>
+      <c r="H97" t="s">
+        <v>19</v>
+      </c>
+      <c r="I97" t="s">
+        <v>289</v>
+      </c>
+      <c r="J97" t="s">
         <v>324</v>
-      </c>
-[...25 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B98" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C98" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D98" t="s">
+        <v>320</v>
+      </c>
+      <c r="E98" t="s">
+        <v>321</v>
+      </c>
+      <c r="F98" t="s">
+        <v>14</v>
+      </c>
+      <c r="G98">
+        <v>5207447021338</v>
+      </c>
+      <c r="H98" t="s">
+        <v>294</v>
+      </c>
+      <c r="I98" t="s">
+        <v>289</v>
+      </c>
+      <c r="J98" t="s">
         <v>326</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B99" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C99" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D99" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="E99" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F99" t="s">
         <v>14</v>
       </c>
       <c r="G99">
-        <v>5207447021338</v>
+        <v>5207447022533</v>
       </c>
       <c r="H99" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="I99" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J99" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B100" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C100" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D100" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="E100" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F100" t="s">
         <v>14</v>
       </c>
       <c r="G100">
-        <v>5207447022533</v>
+        <v>5207447028337</v>
       </c>
       <c r="H100" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="I100" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J100" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B101" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C101" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D101" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="E101" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F101" t="s">
         <v>14</v>
       </c>
       <c r="G101">
-        <v>5207447028337</v>
+        <v>5207447028030</v>
       </c>
       <c r="H101" t="s">
-        <v>306</v>
+        <v>38</v>
       </c>
       <c r="I101" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J101" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
+        <v>333</v>
+      </c>
+      <c r="B102" t="s">
+        <v>334</v>
+      </c>
+      <c r="C102" t="s">
+        <v>230</v>
+      </c>
+      <c r="D102" t="s">
+        <v>335</v>
+      </c>
+      <c r="E102" t="s">
+        <v>336</v>
+      </c>
+      <c r="F102" t="s">
+        <v>29</v>
+      </c>
+      <c r="G102">
+        <v>5207447011322</v>
+      </c>
+      <c r="H102" t="s">
         <v>337</v>
       </c>
-      <c r="B102" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I102" t="s">
-        <v>295</v>
+        <v>338</v>
       </c>
       <c r="J102" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B103" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C103" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D103" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="E103" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="F103" t="s">
         <v>29</v>
       </c>
       <c r="G103">
-        <v>5207447011322</v>
+        <v>5207447011629</v>
       </c>
       <c r="H103" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I103" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J103" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B104" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C104" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D104" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="E104" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="F104" t="s">
         <v>29</v>
       </c>
       <c r="G104">
-        <v>5207447011629</v>
+        <v>5207447011827</v>
       </c>
       <c r="H104" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="I104" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J104" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
+        <v>346</v>
+      </c>
+      <c r="B105" t="s">
+        <v>334</v>
+      </c>
+      <c r="C105" t="s">
+        <v>230</v>
+      </c>
+      <c r="D105" t="s">
+        <v>347</v>
+      </c>
+      <c r="E105" t="s">
+        <v>348</v>
+      </c>
+      <c r="F105" t="s">
+        <v>14</v>
+      </c>
+      <c r="G105">
+        <v>5207447011315</v>
+      </c>
+      <c r="H105" t="s">
+        <v>337</v>
+      </c>
+      <c r="I105" t="s">
+        <v>338</v>
+      </c>
+      <c r="J105" t="s">
         <v>349</v>
-      </c>
-[...25 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B106" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C106" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D106" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="E106" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="F106" t="s">
         <v>14</v>
       </c>
       <c r="G106">
-        <v>5207447011315</v>
+        <v>5207447011612</v>
       </c>
       <c r="H106" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I106" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J106" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B107" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C107" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D107" t="s">
+        <v>347</v>
+      </c>
+      <c r="E107" t="s">
+        <v>348</v>
+      </c>
+      <c r="F107" t="s">
+        <v>29</v>
+      </c>
+      <c r="G107">
+        <v>5207447011810</v>
+      </c>
+      <c r="H107" t="s">
+        <v>344</v>
+      </c>
+      <c r="I107" t="s">
+        <v>338</v>
+      </c>
+      <c r="J107" t="s">
         <v>353</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B108" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C108" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D108" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E108" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F108" t="s">
         <v>14</v>
       </c>
       <c r="G108">
-        <v>5207447011810</v>
+        <v>5207447011339</v>
       </c>
       <c r="H108" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="I108" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J108" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B109" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C109" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D109" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="E109" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F109" t="s">
         <v>14</v>
       </c>
       <c r="G109">
-        <v>5207447011339</v>
+        <v>5207447011636</v>
       </c>
       <c r="H109" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I109" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J109" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B110" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C110" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D110" t="s">
+        <v>355</v>
+      </c>
+      <c r="E110" t="s">
+        <v>356</v>
+      </c>
+      <c r="F110" t="s">
+        <v>14</v>
+      </c>
+      <c r="G110">
+        <v>5207447011834</v>
+      </c>
+      <c r="H110" t="s">
+        <v>344</v>
+      </c>
+      <c r="I110" t="s">
+        <v>338</v>
+      </c>
+      <c r="J110" t="s">
         <v>361</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
+        <v>362</v>
+      </c>
+      <c r="B111" t="s">
+        <v>363</v>
+      </c>
+      <c r="C111" t="s">
+        <v>230</v>
+      </c>
+      <c r="D111" t="s">
+        <v>364</v>
+      </c>
+      <c r="E111" t="s">
+        <v>348</v>
+      </c>
+      <c r="F111" t="s">
+        <v>208</v>
+      </c>
+      <c r="G111">
+        <v>5207447014514</v>
+      </c>
+      <c r="H111" t="s">
+        <v>365</v>
+      </c>
+      <c r="I111" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>344</v>
       </c>
       <c r="J111" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
         <v>368</v>
       </c>
       <c r="B112" t="s">
+        <v>363</v>
+      </c>
+      <c r="C112" t="s">
+        <v>230</v>
+      </c>
+      <c r="D112" t="s">
+        <v>364</v>
+      </c>
+      <c r="E112" t="s">
+        <v>348</v>
+      </c>
+      <c r="F112" t="s">
+        <v>14</v>
+      </c>
+      <c r="G112">
+        <v>5207447013012</v>
+      </c>
+      <c r="H112" t="s">
         <v>369</v>
       </c>
-      <c r="C112" t="s">
-[...2 lines deleted...]
-      <c r="D112" t="s">
+      <c r="I112" t="s">
+        <v>366</v>
+      </c>
+      <c r="J112" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B113" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C113" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D113" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E113" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="F113" t="s">
         <v>14</v>
       </c>
       <c r="G113">
-        <v>5207447013012</v>
+        <v>5207447014521</v>
       </c>
       <c r="H113" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="I113" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="J113" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B114" t="s">
+        <v>366</v>
+      </c>
+      <c r="C114" t="s">
+        <v>230</v>
+      </c>
+      <c r="D114" t="s">
         <v>372</v>
       </c>
-      <c r="C114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E114" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="F114" t="s">
         <v>14</v>
       </c>
       <c r="G114">
-        <v>5207447014521</v>
+        <v>5207447013029</v>
       </c>
       <c r="H114" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="I114" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="J114" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B115" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C115" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D115" t="s">
+        <v>377</v>
+      </c>
+      <c r="E115" t="s">
+        <v>356</v>
+      </c>
+      <c r="F115" t="s">
+        <v>14</v>
+      </c>
+      <c r="G115">
+        <v>5207447014538</v>
+      </c>
+      <c r="H115" t="s">
+        <v>365</v>
+      </c>
+      <c r="I115" t="s">
+        <v>366</v>
+      </c>
+      <c r="J115" t="s">
         <v>378</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B116" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C116" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D116" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="E116" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F116" t="s">
         <v>14</v>
       </c>
       <c r="G116">
-        <v>5207447014538</v>
+        <v>5207447013036</v>
       </c>
       <c r="H116" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="I116" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="J116" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B117" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="C117" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D117" t="s">
         <v>383</v>
       </c>
       <c r="E117" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F117" t="s">
         <v>14</v>
       </c>
       <c r="G117">
-        <v>5207447013036</v>
+        <v>5207447017034</v>
       </c>
       <c r="H117" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="I117" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="J117" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
         <v>387</v>
       </c>
       <c r="B118" t="s">
+        <v>382</v>
+      </c>
+      <c r="C118" t="s">
+        <v>230</v>
+      </c>
+      <c r="D118" t="s">
         <v>388</v>
       </c>
-      <c r="C118" t="s">
-[...2 lines deleted...]
-      <c r="D118" t="s">
+      <c r="E118" t="s">
+        <v>336</v>
+      </c>
+      <c r="F118" t="s">
+        <v>29</v>
+      </c>
+      <c r="G118" t="s">
         <v>389</v>
       </c>
-      <c r="E118" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H118" t="s">
+        <v>384</v>
+      </c>
+      <c r="I118" t="s">
+        <v>385</v>
+      </c>
+      <c r="J118" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
+        <v>391</v>
+      </c>
+      <c r="B119" t="s">
+        <v>382</v>
+      </c>
+      <c r="C119" t="s">
+        <v>230</v>
+      </c>
+      <c r="D119" t="s">
+        <v>392</v>
+      </c>
+      <c r="E119" t="s">
+        <v>348</v>
+      </c>
+      <c r="F119" t="s">
+        <v>14</v>
+      </c>
+      <c r="G119">
+        <v>5207447017010</v>
+      </c>
+      <c r="H119" t="s">
+        <v>384</v>
+      </c>
+      <c r="I119" t="s">
+        <v>385</v>
+      </c>
+      <c r="J119" t="s">
         <v>393</v>
-      </c>
-[...25 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
+        <v>394</v>
+      </c>
+      <c r="B120" t="s">
+        <v>395</v>
+      </c>
+      <c r="C120" t="s">
+        <v>230</v>
+      </c>
+      <c r="D120" t="s">
+        <v>396</v>
+      </c>
+      <c r="E120" t="s">
+        <v>348</v>
+      </c>
+      <c r="F120" t="s">
+        <v>29</v>
+      </c>
+      <c r="G120">
+        <v>5207447015016</v>
+      </c>
+      <c r="H120" t="s">
         <v>397</v>
       </c>
-      <c r="B120" t="s">
-[...5 lines deleted...]
-      <c r="D120" t="s">
+      <c r="I120" t="s">
+        <v>385</v>
+      </c>
+      <c r="J120" t="s">
         <v>398</v>
-      </c>
-[...16 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
+        <v>399</v>
+      </c>
+      <c r="B121" t="s">
+        <v>395</v>
+      </c>
+      <c r="C121" t="s">
+        <v>230</v>
+      </c>
+      <c r="D121" t="s">
         <v>400</v>
       </c>
-      <c r="B121" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E121" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F121" t="s">
         <v>29</v>
       </c>
       <c r="G121">
-        <v>5207447015016</v>
+        <v>5207447015030</v>
       </c>
       <c r="H121" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="I121" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="J121" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B122" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C122" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D122" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="E122" t="s">
-        <v>362</v>
+        <v>336</v>
       </c>
       <c r="F122" t="s">
         <v>29</v>
       </c>
       <c r="G122">
-        <v>5207447015030</v>
+        <v>5207447015023</v>
       </c>
       <c r="H122" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="I122" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="J122" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
+        <v>405</v>
+      </c>
+      <c r="B123" t="s">
+        <v>406</v>
+      </c>
+      <c r="C123" t="s">
+        <v>44</v>
+      </c>
+      <c r="D123" t="s">
+        <v>407</v>
+      </c>
+      <c r="E123" t="s">
         <v>408</v>
       </c>
-      <c r="B123" t="s">
-[...5 lines deleted...]
-      <c r="D123" t="s">
+      <c r="F123" t="s">
+        <v>14</v>
+      </c>
+      <c r="G123">
+        <v>5207447884056</v>
+      </c>
+      <c r="H123" t="s">
+        <v>125</v>
+      </c>
+      <c r="I123" t="s">
+        <v>120</v>
+      </c>
+      <c r="J123" t="s">
         <v>409</v>
-      </c>
-[...16 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
+        <v>410</v>
+      </c>
+      <c r="B124" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="C124" t="s">
         <v>44</v>
       </c>
       <c r="D124" t="s">
+        <v>412</v>
+      </c>
+      <c r="E124" t="s">
+        <v>411</v>
+      </c>
+      <c r="F124" t="s">
+        <v>14</v>
+      </c>
+      <c r="G124">
+        <v>5207447964741</v>
+      </c>
+      <c r="H124" t="s">
+        <v>49</v>
+      </c>
+      <c r="I124" t="s">
+        <v>161</v>
+      </c>
+      <c r="J124" t="s">
         <v>413</v>
       </c>
-      <c r="E124" t="s">
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
         <v>414</v>
       </c>
-      <c r="F124" t="s">
-[...11 lines deleted...]
-      <c r="J124" t="s">
+      <c r="B125" t="s">
         <v>415</v>
+      </c>
+      <c r="C125" t="s">
+        <v>44</v>
+      </c>
+      <c r="D125" t="s">
+        <v>416</v>
+      </c>
+      <c r="E125" t="s">
+        <v>415</v>
+      </c>
+      <c r="F125" t="s">
+        <v>14</v>
+      </c>
+      <c r="G125">
+        <v>5207447964765</v>
+      </c>
+      <c r="H125" t="s">
+        <v>49</v>
+      </c>
+      <c r="I125" t="s">
+        <v>161</v>
+      </c>
+      <c r="J125" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>418</v>
+      </c>
+      <c r="B126" t="s">
+        <v>419</v>
+      </c>
+      <c r="C126" t="s">
+        <v>44</v>
+      </c>
+      <c r="D126" t="s">
+        <v>420</v>
+      </c>
+      <c r="E126" t="s">
+        <v>419</v>
+      </c>
+      <c r="F126" t="s">
+        <v>14</v>
+      </c>
+      <c r="G126">
+        <v>5207447964734</v>
+      </c>
+      <c r="H126" t="s">
+        <v>49</v>
+      </c>
+      <c r="I126" t="s">
+        <v>161</v>
+      </c>
+      <c r="J126" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>422</v>
+      </c>
+      <c r="B127" t="s">
+        <v>423</v>
+      </c>
+      <c r="C127" t="s">
+        <v>44</v>
+      </c>
+      <c r="D127" t="s">
+        <v>424</v>
+      </c>
+      <c r="E127" t="s">
+        <v>423</v>
+      </c>
+      <c r="F127" t="s">
+        <v>14</v>
+      </c>
+      <c r="G127">
+        <v>5207447964758</v>
+      </c>
+      <c r="H127" t="s">
+        <v>49</v>
+      </c>
+      <c r="I127" t="s">
+        <v>161</v>
+      </c>
+      <c r="J127" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>426</v>
+      </c>
+      <c r="B128" t="s">
+        <v>427</v>
+      </c>
+      <c r="C128" t="s">
+        <v>44</v>
+      </c>
+      <c r="D128" t="s">
+        <v>428</v>
+      </c>
+      <c r="E128" t="s">
+        <v>427</v>
+      </c>
+      <c r="F128" t="s">
+        <v>14</v>
+      </c>
+      <c r="G128">
+        <v>5207447964710</v>
+      </c>
+      <c r="H128" t="s">
+        <v>49</v>
+      </c>
+      <c r="I128" t="s">
+        <v>161</v>
+      </c>
+      <c r="J128" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>430</v>
+      </c>
+      <c r="B129" t="s">
+        <v>427</v>
+      </c>
+      <c r="C129" t="s">
+        <v>44</v>
+      </c>
+      <c r="D129" t="s">
+        <v>428</v>
+      </c>
+      <c r="E129" t="s">
+        <v>427</v>
+      </c>
+      <c r="F129" t="s">
+        <v>14</v>
+      </c>
+      <c r="G129">
+        <v>5207447964536</v>
+      </c>
+      <c r="H129" t="s">
+        <v>168</v>
+      </c>
+      <c r="I129" t="s">
+        <v>161</v>
+      </c>
+      <c r="J129" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>432</v>
+      </c>
+      <c r="B130" t="s">
+        <v>433</v>
+      </c>
+      <c r="C130" t="s">
+        <v>44</v>
+      </c>
+      <c r="D130" t="s">
+        <v>434</v>
+      </c>
+      <c r="E130" t="s">
+        <v>433</v>
+      </c>
+      <c r="F130" t="s">
+        <v>14</v>
+      </c>
+      <c r="G130">
+        <v>5207447964727</v>
+      </c>
+      <c r="H130" t="s">
+        <v>49</v>
+      </c>
+      <c r="I130" t="s">
+        <v>161</v>
+      </c>
+      <c r="J130" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>436</v>
+      </c>
+      <c r="B131" t="s">
+        <v>437</v>
+      </c>
+      <c r="C131" t="s">
+        <v>44</v>
+      </c>
+      <c r="D131" t="s">
+        <v>438</v>
+      </c>
+      <c r="E131" t="s">
+        <v>439</v>
+      </c>
+      <c r="F131" t="s">
+        <v>14</v>
+      </c>
+      <c r="G131">
+        <v>5207447894062</v>
+      </c>
+      <c r="H131" t="s">
+        <v>49</v>
+      </c>
+      <c r="I131" t="s">
+        <v>440</v>
+      </c>
+      <c r="J131" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>442</v>
+      </c>
+      <c r="B132" t="s">
+        <v>265</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
+        <v>443</v>
+      </c>
+      <c r="E132" t="s">
+        <v>232</v>
+      </c>
+      <c r="F132" t="s">
+        <v>208</v>
+      </c>
+      <c r="G132">
+        <v>5207447631629</v>
+      </c>
+      <c r="H132" t="s">
+        <v>15</v>
+      </c>
+      <c r="I132" t="s">
+        <v>267</v>
+      </c>
+      <c r="J132" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>445</v>
+      </c>
+      <c r="B133" t="s">
+        <v>265</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" t="s">
+        <v>443</v>
+      </c>
+      <c r="E133" t="s">
+        <v>232</v>
+      </c>
+      <c r="F133" t="s">
+        <v>208</v>
+      </c>
+      <c r="G133">
+        <v>5207447632022</v>
+      </c>
+      <c r="H133" t="s">
+        <v>19</v>
+      </c>
+      <c r="I133" t="s">
+        <v>267</v>
+      </c>
+      <c r="J133" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>447</v>
+      </c>
+      <c r="B134" t="s">
+        <v>265</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" t="s">
+        <v>443</v>
+      </c>
+      <c r="E134" t="s">
+        <v>232</v>
+      </c>
+      <c r="F134" t="s">
+        <v>208</v>
+      </c>
+      <c r="G134">
+        <v>5207447630004</v>
+      </c>
+      <c r="H134" t="s">
+        <v>448</v>
+      </c>
+      <c r="I134" t="s">
+        <v>267</v>
+      </c>
+      <c r="J134" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>450</v>
+      </c>
+      <c r="B135" t="s">
+        <v>265</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" t="s">
+        <v>443</v>
+      </c>
+      <c r="E135" t="s">
+        <v>232</v>
+      </c>
+      <c r="F135" t="s">
+        <v>208</v>
+      </c>
+      <c r="G135">
+        <v>5207447638017</v>
+      </c>
+      <c r="H135" t="s">
+        <v>38</v>
+      </c>
+      <c r="I135" t="s">
+        <v>267</v>
+      </c>
+      <c r="J135" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>452</v>
+      </c>
+      <c r="B136" t="s">
+        <v>265</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" t="s">
+        <v>443</v>
+      </c>
+      <c r="E136" t="s">
+        <v>232</v>
+      </c>
+      <c r="F136" t="s">
+        <v>208</v>
+      </c>
+      <c r="G136">
+        <v>5207447631421</v>
+      </c>
+      <c r="H136" t="s">
+        <v>453</v>
+      </c>
+      <c r="I136" t="s">
+        <v>267</v>
+      </c>
+      <c r="J136" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" t="s">
+        <v>455</v>
+      </c>
+      <c r="B137" t="s">
+        <v>265</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" t="s">
+        <v>443</v>
+      </c>
+      <c r="E137" t="s">
+        <v>232</v>
+      </c>
+      <c r="F137" t="s">
+        <v>208</v>
+      </c>
+      <c r="G137">
+        <v>5207447638024</v>
+      </c>
+      <c r="H137" t="s">
+        <v>456</v>
+      </c>
+      <c r="I137" t="s">
+        <v>267</v>
+      </c>
+      <c r="J137" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" t="s">
+        <v>458</v>
+      </c>
+      <c r="B138" t="s">
+        <v>265</v>
+      </c>
+      <c r="C138" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" t="s">
+        <v>443</v>
+      </c>
+      <c r="E138" t="s">
+        <v>232</v>
+      </c>
+      <c r="F138" t="s">
+        <v>208</v>
+      </c>
+      <c r="G138">
+        <v>5207447632435</v>
+      </c>
+      <c r="H138" t="s">
+        <v>459</v>
+      </c>
+      <c r="I138" t="s">
+        <v>267</v>
+      </c>
+      <c r="J138" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" t="s">
+        <v>461</v>
+      </c>
+      <c r="B139" t="s">
+        <v>265</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" t="s">
+        <v>443</v>
+      </c>
+      <c r="E139" t="s">
+        <v>232</v>
+      </c>
+      <c r="F139" t="s">
+        <v>208</v>
+      </c>
+      <c r="G139">
+        <v>5207447634064</v>
+      </c>
+      <c r="H139" t="s">
+        <v>462</v>
+      </c>
+      <c r="I139" t="s">
+        <v>267</v>
+      </c>
+      <c r="J139" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" t="s">
+        <v>464</v>
+      </c>
+      <c r="B140" t="s">
+        <v>251</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" t="s">
+        <v>465</v>
+      </c>
+      <c r="E140" t="s">
+        <v>232</v>
+      </c>
+      <c r="F140" t="s">
+        <v>208</v>
+      </c>
+      <c r="G140">
+        <v>5207447631216</v>
+      </c>
+      <c r="H140" t="s">
+        <v>466</v>
+      </c>
+      <c r="I140" t="s">
+        <v>251</v>
+      </c>
+      <c r="J140" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" t="s">
+        <v>468</v>
+      </c>
+      <c r="B141" t="s">
+        <v>251</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>465</v>
+      </c>
+      <c r="E141" t="s">
+        <v>232</v>
+      </c>
+      <c r="F141" t="s">
+        <v>208</v>
+      </c>
+      <c r="G141">
+        <v>5207447631513</v>
+      </c>
+      <c r="H141" t="s">
+        <v>254</v>
+      </c>
+      <c r="I141" t="s">
+        <v>251</v>
+      </c>
+      <c r="J141" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>470</v>
+      </c>
+      <c r="B142" t="s">
+        <v>471</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" t="s">
+        <v>472</v>
+      </c>
+      <c r="E142" t="s">
+        <v>473</v>
+      </c>
+      <c r="F142" t="s">
+        <v>208</v>
+      </c>
+      <c r="G142">
+        <v>5207447668014</v>
+      </c>
+      <c r="H142" t="s">
+        <v>38</v>
+      </c>
+      <c r="I142" t="s">
+        <v>267</v>
+      </c>
+      <c r="J142" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>475</v>
+      </c>
+      <c r="B143" t="s">
+        <v>471</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="D143" t="s">
+        <v>472</v>
+      </c>
+      <c r="E143" t="s">
+        <v>473</v>
+      </c>
+      <c r="F143" t="s">
+        <v>208</v>
+      </c>
+      <c r="G143">
+        <v>5207447661312</v>
+      </c>
+      <c r="H143" t="s">
+        <v>476</v>
+      </c>
+      <c r="I143" t="s">
+        <v>267</v>
+      </c>
+      <c r="J143" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>478</v>
+      </c>
+      <c r="B144" t="s">
+        <v>471</v>
+      </c>
+      <c r="C144" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" t="s">
+        <v>472</v>
+      </c>
+      <c r="E144" t="s">
+        <v>473</v>
+      </c>
+      <c r="F144" t="s">
+        <v>208</v>
+      </c>
+      <c r="G144">
+        <v>5207447665082</v>
+      </c>
+      <c r="H144" t="s">
+        <v>479</v>
+      </c>
+      <c r="I144" t="s">
+        <v>267</v>
+      </c>
+      <c r="J144" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>481</v>
+      </c>
+      <c r="B145" t="s">
+        <v>482</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" t="s">
+        <v>483</v>
+      </c>
+      <c r="E145" t="s">
+        <v>484</v>
+      </c>
+      <c r="F145" t="s">
+        <v>208</v>
+      </c>
+      <c r="G145">
+        <v>5207447621538</v>
+      </c>
+      <c r="H145" t="s">
+        <v>254</v>
+      </c>
+      <c r="I145" t="s">
+        <v>251</v>
+      </c>
+      <c r="J145" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" t="s">
+        <v>486</v>
+      </c>
+      <c r="B146" t="s">
+        <v>482</v>
+      </c>
+      <c r="C146" t="s">
+        <v>11</v>
+      </c>
+      <c r="D146" t="s">
+        <v>483</v>
+      </c>
+      <c r="E146" t="s">
+        <v>484</v>
+      </c>
+      <c r="F146" t="s">
+        <v>208</v>
+      </c>
+      <c r="G146">
+        <v>5207447621033</v>
+      </c>
+      <c r="H146" t="s">
+        <v>257</v>
+      </c>
+      <c r="I146" t="s">
+        <v>251</v>
+      </c>
+      <c r="J146" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" t="s">
+        <v>488</v>
+      </c>
+      <c r="B147" t="s">
+        <v>489</v>
+      </c>
+      <c r="C147" t="s">
+        <v>11</v>
+      </c>
+      <c r="D147" t="s">
+        <v>490</v>
+      </c>
+      <c r="E147" t="s">
+        <v>491</v>
+      </c>
+      <c r="F147" t="s">
+        <v>208</v>
+      </c>
+      <c r="G147">
+        <v>5207447671625</v>
+      </c>
+      <c r="H147" t="s">
+        <v>15</v>
+      </c>
+      <c r="I147" t="s">
+        <v>267</v>
+      </c>
+      <c r="J147" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" t="s">
+        <v>493</v>
+      </c>
+      <c r="B148" t="s">
+        <v>489</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" t="s">
+        <v>490</v>
+      </c>
+      <c r="E148" t="s">
+        <v>491</v>
+      </c>
+      <c r="F148" t="s">
+        <v>208</v>
+      </c>
+      <c r="G148">
+        <v>5207447672028</v>
+      </c>
+      <c r="H148" t="s">
+        <v>19</v>
+      </c>
+      <c r="I148" t="s">
+        <v>267</v>
+      </c>
+      <c r="J148" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" t="s">
+        <v>495</v>
+      </c>
+      <c r="B149" t="s">
+        <v>489</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" t="s">
+        <v>490</v>
+      </c>
+      <c r="E149" t="s">
+        <v>491</v>
+      </c>
+      <c r="F149" t="s">
+        <v>208</v>
+      </c>
+      <c r="G149">
+        <v>5207447678013</v>
+      </c>
+      <c r="H149" t="s">
+        <v>38</v>
+      </c>
+      <c r="I149" t="s">
+        <v>267</v>
+      </c>
+      <c r="J149" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" t="s">
+        <v>497</v>
+      </c>
+      <c r="B150" t="s">
+        <v>489</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" t="s">
+        <v>490</v>
+      </c>
+      <c r="E150" t="s">
+        <v>491</v>
+      </c>
+      <c r="F150" t="s">
+        <v>208</v>
+      </c>
+      <c r="G150">
+        <v>5207447671212</v>
+      </c>
+      <c r="H150" t="s">
+        <v>274</v>
+      </c>
+      <c r="I150" t="s">
+        <v>267</v>
+      </c>
+      <c r="J150" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" t="s">
+        <v>499</v>
+      </c>
+      <c r="B151" t="s">
+        <v>500</v>
+      </c>
+      <c r="C151" t="s">
+        <v>230</v>
+      </c>
+      <c r="D151" t="s">
+        <v>501</v>
+      </c>
+      <c r="E151" t="s">
+        <v>232</v>
+      </c>
+      <c r="F151" t="s">
+        <v>208</v>
+      </c>
+      <c r="G151">
+        <v>5207447033010</v>
+      </c>
+      <c r="H151" t="s">
+        <v>502</v>
+      </c>
+      <c r="I151" t="s">
+        <v>503</v>
+      </c>
+      <c r="J151" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" t="s">
+        <v>505</v>
+      </c>
+      <c r="B152" t="s">
+        <v>506</v>
+      </c>
+      <c r="C152" t="s">
+        <v>230</v>
+      </c>
+      <c r="D152" t="s">
+        <v>507</v>
+      </c>
+      <c r="E152" t="s">
+        <v>240</v>
+      </c>
+      <c r="F152" t="s">
+        <v>208</v>
+      </c>
+      <c r="G152">
+        <v>5207447033003</v>
+      </c>
+      <c r="H152" t="s">
+        <v>508</v>
+      </c>
+      <c r="I152" t="s">
+        <v>503</v>
+      </c>
+      <c r="J152" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" t="s">
+        <v>510</v>
+      </c>
+      <c r="B153" t="s">
+        <v>511</v>
+      </c>
+      <c r="C153" t="s">
+        <v>230</v>
+      </c>
+      <c r="D153" t="s">
+        <v>512</v>
+      </c>
+      <c r="E153" t="s">
+        <v>513</v>
+      </c>
+      <c r="F153" t="s">
+        <v>208</v>
+      </c>
+      <c r="G153">
+        <v>5207447033027</v>
+      </c>
+      <c r="H153" t="s">
+        <v>502</v>
+      </c>
+      <c r="I153" t="s">
+        <v>503</v>
+      </c>
+      <c r="J153" t="s">
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">